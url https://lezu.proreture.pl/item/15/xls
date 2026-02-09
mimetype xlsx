--- v0 (2025-12-12)
+++ v1 (2026-02-09)
@@ -2161,51 +2161,51 @@
       </c>
       <c r="E35">
         <v>1</v>
       </c>
       <c r="F35">
         <v>11.97</v>
       </c>
       <c r="G35" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>114</v>
       </c>
       <c r="B36" s="1">
         <v>4011558070854</v>
       </c>
       <c r="C36" t="s">
         <v>115</v>
       </c>
       <c r="D36" t="s">
         <v>116</v>
       </c>
       <c r="E36">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F36">
         <v>11.78</v>
       </c>
       <c r="G36" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>117</v>
       </c>
       <c r="B37" s="1">
         <v>4250032462970</v>
       </c>
       <c r="C37" t="s">
         <v>118</v>
       </c>
       <c r="D37" t="s">
         <v>119</v>
       </c>
       <c r="E37">
         <v>1</v>
       </c>
       <c r="F37">
@@ -3380,51 +3380,51 @@
       </c>
       <c r="E88">
         <v>0</v>
       </c>
       <c r="F88">
         <v>24.69</v>
       </c>
       <c r="G88" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>289</v>
       </c>
       <c r="B89" s="1">
         <v>7613139341529</v>
       </c>
       <c r="C89" t="s">
         <v>290</v>
       </c>
       <c r="D89" t="s">
         <v>291</v>
       </c>
       <c r="E89">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F89">
         <v>22.0</v>
       </c>
       <c r="G89" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>293</v>
       </c>
       <c r="B90" s="1">
         <v>3610861329409</v>
       </c>
       <c r="C90" t="s">
         <v>294</v>
       </c>
       <c r="D90" t="s">
         <v>295</v>
       </c>
       <c r="E90">
         <v>1</v>
       </c>
       <c r="F90">