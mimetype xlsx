--- v0 (2025-12-12)
+++ v1 (2026-02-09)
@@ -2284,51 +2284,51 @@
       </c>
       <c r="D21" t="s">
         <v>71</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
         <v>13.31</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>72</v>
       </c>
       <c r="B22" s="1">
         <v>3492548232895</v>
       </c>
       <c r="C22" t="s">
         <v>73</v>
       </c>
       <c r="D22" t="s">
         <v>74</v>
       </c>
       <c r="E22">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F22">
         <v>12.99</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>75</v>
       </c>
       <c r="B23" s="1">
         <v>4011558071240</v>
       </c>
       <c r="C23" t="s">
         <v>76</v>
       </c>
       <c r="D23" t="s">
         <v>77</v>
       </c>
       <c r="E23">
         <v>0</v>
       </c>
       <c r="F23">
         <v>12.72</v>
       </c>
     </row>
@@ -2450,51 +2450,51 @@
       </c>
       <c r="E29">
         <v>0</v>
       </c>
       <c r="F29">
         <v>89.99</v>
       </c>
       <c r="G29" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>98</v>
       </c>
       <c r="B30" s="1">
         <v>5906970408714</v>
       </c>
       <c r="C30" t="s">
         <v>99</v>
       </c>
       <c r="D30" t="s">
         <v>100</v>
       </c>
       <c r="E30">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F30">
         <v>71.41</v>
       </c>
       <c r="G30" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>103</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>102</v>
       </c>
       <c r="C31" t="s">
         <v>104</v>
       </c>
       <c r="D31" t="s">
         <v>105</v>
       </c>
       <c r="E31">
         <v>0</v>
       </c>
       <c r="F31">
@@ -3362,51 +3362,51 @@
       </c>
       <c r="E69">
         <v>0</v>
       </c>
       <c r="F69">
         <v>10.0</v>
       </c>
       <c r="G69" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>241</v>
       </c>
       <c r="B70" s="1">
         <v>5906970409032</v>
       </c>
       <c r="C70" t="s">
         <v>242</v>
       </c>
       <c r="D70" t="s">
         <v>243</v>
       </c>
       <c r="E70">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F70">
         <v>9.61</v>
       </c>
       <c r="G70" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>244</v>
       </c>
       <c r="B71" s="1">
         <v>5056580184864</v>
       </c>
       <c r="C71" t="s">
         <v>245</v>
       </c>
       <c r="D71" t="s">
         <v>246</v>
       </c>
       <c r="E71">
         <v>0</v>
       </c>
       <c r="F71">
@@ -4301,51 +4301,51 @@
       </c>
       <c r="E112">
         <v>0</v>
       </c>
       <c r="F112">
         <v>25.85</v>
       </c>
       <c r="G112" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>378</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>377</v>
       </c>
       <c r="C113" t="s">
         <v>379</v>
       </c>
       <c r="D113" t="s">
         <v>380</v>
       </c>
       <c r="E113">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F113">
         <v>23.24</v>
       </c>
       <c r="G113" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>381</v>
       </c>
       <c r="B114" s="1">
         <v>8712013672335</v>
       </c>
       <c r="C114" t="s">
         <v>382</v>
       </c>
       <c r="D114" t="s">
         <v>383</v>
       </c>
       <c r="E114">
         <v>1</v>
       </c>
       <c r="F114">